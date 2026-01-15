--- v0 (2025-12-01)
+++ v1 (2026-01-15)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="189">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="194">
   <si>
     <t>TITULO</t>
   </si>
   <si>
     <t>AUTOR</t>
   </si>
   <si>
     <t>AÑO</t>
   </si>
   <si>
     <t>ESTADO</t>
   </si>
   <si>
     <t>EDITORIAL</t>
   </si>
   <si>
     <t>CATEGORIA</t>
   </si>
   <si>
     <t>CANTIDAD</t>
   </si>
   <si>
     <t>VALOR</t>
   </si>
   <si>
@@ -579,50 +579,65 @@
     <t>Frankenstein</t>
   </si>
   <si>
     <t>El retrato de Dorian Gray</t>
   </si>
   <si>
     <t>Ensayo sobre la ceguera Alfaguara</t>
   </si>
   <si>
     <t>El regreso de los dioses</t>
   </si>
   <si>
     <t>Fernando Pessoa</t>
   </si>
   <si>
     <t>Acantilado</t>
   </si>
   <si>
     <t>Breviario de los vencidos</t>
   </si>
   <si>
     <t>Emil Cioran</t>
   </si>
   <si>
     <t>Tusquets</t>
+  </si>
+  <si>
+    <t>M. C. Escher, Estampas y dibujos.</t>
+  </si>
+  <si>
+    <t>M. C. Escher.</t>
+  </si>
+  <si>
+    <t>Taschen</t>
+  </si>
+  <si>
+    <t>La melancólica muerte de Chico Ostra</t>
+  </si>
+  <si>
+    <t>Tim Burton</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -926,51 +941,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H65"/>
+  <dimension ref="A1:H67"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="89.55" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="264.078" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="57.7" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="6.998" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
@@ -989,53 +1004,50 @@
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:8">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2">
         <v>2019</v>
       </c>
       <c r="D2" t="s">
         <v>10</v>
       </c>
       <c r="E2" t="s">
         <v>11</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
-      <c r="G2">
-[...1 lines deleted...]
-      </c>
       <c r="H2">
         <v>25000</v>
       </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" t="s">
         <v>13</v>
       </c>
       <c r="B3" t="s">
         <v>14</v>
       </c>
       <c r="C3">
         <v>2011</v>
       </c>
       <c r="D3" t="s">
         <v>10</v>
       </c>
       <c r="E3" t="s">
         <v>15</v>
       </c>
       <c r="F3" t="s">
         <v>16</v>
       </c>
       <c r="G3">
         <v>5</v>
@@ -2617,50 +2629,102 @@
     </row>
     <row r="65" spans="1:8">
       <c r="A65" t="s">
         <v>186</v>
       </c>
       <c r="B65" t="s">
         <v>187</v>
       </c>
       <c r="C65">
         <v>1946</v>
       </c>
       <c r="D65" t="s">
         <v>32</v>
       </c>
       <c r="E65" t="s">
         <v>188</v>
       </c>
       <c r="F65" t="s">
         <v>172</v>
       </c>
       <c r="G65">
         <v>1</v>
       </c>
       <c r="H65">
         <v>15000</v>
+      </c>
+    </row>
+    <row r="66" spans="1:8">
+      <c r="A66" t="s">
+        <v>189</v>
+      </c>
+      <c r="B66" t="s">
+        <v>190</v>
+      </c>
+      <c r="C66">
+        <v>1994</v>
+      </c>
+      <c r="D66" t="s">
+        <v>32</v>
+      </c>
+      <c r="E66" t="s">
+        <v>191</v>
+      </c>
+      <c r="F66" t="s">
+        <v>159</v>
+      </c>
+      <c r="G66">
+        <v>1</v>
+      </c>
+      <c r="H66">
+        <v>25000</v>
+      </c>
+    </row>
+    <row r="67" spans="1:8">
+      <c r="A67" t="s">
+        <v>192</v>
+      </c>
+      <c r="B67" t="s">
+        <v>193</v>
+      </c>
+      <c r="C67">
+        <v>2016</v>
+      </c>
+      <c r="D67" t="s">
+        <v>32</v>
+      </c>
+      <c r="E67" t="s">
+        <v>147</v>
+      </c>
+      <c r="F67" t="s">
+        <v>20</v>
+      </c>
+      <c r="G67">
+        <v>1</v>
+      </c>
+      <c r="H67">
+        <v>25000</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">