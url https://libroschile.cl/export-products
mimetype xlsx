--- v1 (2026-01-15)
+++ v2 (2026-03-01)
@@ -1004,50 +1004,53 @@
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:8">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2">
         <v>2019</v>
       </c>
       <c r="D2" t="s">
         <v>10</v>
       </c>
       <c r="E2" t="s">
         <v>11</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
+      <c r="G2">
+        <v>1</v>
+      </c>
       <c r="H2">
         <v>25000</v>
       </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" t="s">
         <v>13</v>
       </c>
       <c r="B3" t="s">
         <v>14</v>
       </c>
       <c r="C3">
         <v>2011</v>
       </c>
       <c r="D3" t="s">
         <v>10</v>
       </c>
       <c r="E3" t="s">
         <v>15</v>
       </c>
       <c r="F3" t="s">
         <v>16</v>
       </c>
       <c r="G3">
         <v>5</v>
@@ -1568,51 +1571,51 @@
       </c>
       <c r="H23">
         <v>8000</v>
       </c>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" t="s">
         <v>79</v>
       </c>
       <c r="B24" t="s">
         <v>80</v>
       </c>
       <c r="C24">
         <v>2014</v>
       </c>
       <c r="D24" t="s">
         <v>10</v>
       </c>
       <c r="E24" t="s">
         <v>19</v>
       </c>
       <c r="F24" t="s">
         <v>20</v>
       </c>
       <c r="G24">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="H24">
         <v>14000</v>
       </c>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" t="s">
         <v>81</v>
       </c>
       <c r="B25" t="s">
         <v>82</v>
       </c>
       <c r="C25">
         <v>2010</v>
       </c>
       <c r="D25" t="s">
         <v>10</v>
       </c>
       <c r="E25" t="s">
         <v>83</v>
       </c>
       <c r="F25" t="s">
         <v>16</v>
       </c>
       <c r="G25">
@@ -1671,52 +1674,55 @@
         <v>1</v>
       </c>
       <c r="H27">
         <v>10000</v>
       </c>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" t="s">
         <v>91</v>
       </c>
       <c r="B28" t="s">
         <v>92</v>
       </c>
       <c r="C28">
         <v>1986</v>
       </c>
       <c r="D28" t="s">
         <v>32</v>
       </c>
       <c r="E28" t="s">
         <v>93</v>
       </c>
       <c r="F28" t="s">
         <v>20</v>
       </c>
+      <c r="G28">
+        <v>1</v>
+      </c>
       <c r="H28">
-        <v>7000</v>
+        <v>8000</v>
       </c>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" t="s">
         <v>94</v>
       </c>
       <c r="B29" t="s">
         <v>95</v>
       </c>
       <c r="C29">
         <v>1992</v>
       </c>
       <c r="D29" t="s">
         <v>32</v>
       </c>
       <c r="E29" t="s">
         <v>96</v>
       </c>
       <c r="F29" t="s">
         <v>97</v>
       </c>
       <c r="G29">
         <v>1</v>
       </c>
       <c r="H29">